--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -7312,51 +7312,51 @@
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="Rf26edddfb311488b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R42a0513fa327452e" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>