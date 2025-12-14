--- v1 (2025-11-21)
+++ v2 (2025-12-14)
@@ -7312,51 +7312,51 @@
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R42a0513fa327452e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R94b8e84ee39e4c73" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>