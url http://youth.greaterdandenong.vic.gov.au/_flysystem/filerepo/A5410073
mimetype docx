--- v2 (2025-12-14)
+++ v3 (2026-01-19)
@@ -7312,51 +7312,51 @@
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R94b8e84ee39e4c73" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R9d0173fd406348d5" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>