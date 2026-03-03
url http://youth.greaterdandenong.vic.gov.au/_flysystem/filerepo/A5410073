--- v3 (2026-01-19)
+++ v4 (2026-03-03)
@@ -7312,51 +7312,51 @@
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R9d0173fd406348d5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="Rcfdaa03a6b774b2b" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>