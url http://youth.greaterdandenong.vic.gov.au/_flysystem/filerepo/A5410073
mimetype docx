--- v4 (2026-03-03)
+++ v5 (2026-03-24)
@@ -7312,51 +7312,51 @@
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="Rcfdaa03a6b774b2b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item4.xml" Id="R712d22be20ac4881" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>