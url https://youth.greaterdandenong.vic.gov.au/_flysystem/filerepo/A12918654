--- v0 (2026-02-06)
+++ v1 (2026-02-26)
@@ -343,51 +343,51 @@
       </w:r>
       <w:r>
         <w:t>that can be shared through your social media channels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2840076D" w14:textId="2097D50E" w:rsidR="006958E5" w:rsidRDefault="00DB00E4" w:rsidP="006958E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Additional resources for schools, parents and young people</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408BCD95" w14:textId="77777777" w:rsidR="006958E5" w:rsidRDefault="006958E5" w:rsidP="006958E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42A03F0E" w14:textId="22CEAC71" w:rsidR="006958E5" w:rsidRPr="004350CE" w:rsidRDefault="006958E5" w:rsidP="006958E5">
+    <w:p w14:paraId="42A03F0E" w14:textId="0F9AE04B" w:rsidR="006958E5" w:rsidRPr="004350CE" w:rsidRDefault="006958E5" w:rsidP="006958E5">
       <w:r>
         <w:t xml:space="preserve">You can read more about the project on the Youth and Family Services website: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00BE4F96" w:rsidRPr="00BE4F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>#APuffAin’tTuff | Youth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="304C438D" w14:textId="77777777" w:rsidR="004350CE" w:rsidRPr="00392840" w:rsidRDefault="004350CE" w:rsidP="004350CE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2312,122 +2312,123 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="57BBAB1E" w14:textId="2837FC7E" w:rsidR="00600E92" w:rsidRPr="00600E92" w:rsidRDefault="00600E92" w:rsidP="00600E92">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Social Media Toolkit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400977DE" w14:textId="734233EA" w:rsidR="00EF011C" w:rsidRDefault="00DA053E" w:rsidP="00DA053E">
+    <w:p w14:paraId="400977DE" w14:textId="4ED84FEC" w:rsidR="00EF011C" w:rsidRDefault="00DA053E" w:rsidP="00DA053E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The campaign includes three key </w:t>
       </w:r>
       <w:r w:rsidR="00EF011C">
         <w:t xml:space="preserve">images, available in a wide variety of </w:t>
       </w:r>
       <w:r w:rsidR="00C34BB7">
         <w:t>sizes</w:t>
       </w:r>
       <w:r w:rsidR="005C338F">
         <w:t xml:space="preserve"> for posters, social media and display screens</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BB2887">
         <w:t xml:space="preserve">You are welcome to download </w:t>
       </w:r>
       <w:r w:rsidR="00C77DFB">
         <w:t>and share these images</w:t>
       </w:r>
       <w:r w:rsidR="005C338F">
         <w:t>, as well as a campaign video, from our website</w:t>
       </w:r>
-      <w:r w:rsidR="004350CE">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00DF0B5C">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00DF0B5C" w:rsidRPr="00BE4F96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>#APuffAin’tTuff | Youth</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="005C338F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE8F5BD" w14:textId="77777777" w:rsidR="00EF011C" w:rsidRDefault="00EF011C" w:rsidP="00DA053E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22AAC902" w14:textId="7770A1AB" w:rsidR="00DA053E" w:rsidRDefault="005C338F" w:rsidP="00DA053E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Below </w:t>
       </w:r>
       <w:r w:rsidR="00872AA5">
         <w:t xml:space="preserve">are a series of suggested captions to accompany each image, if you would like to share the campaign on your own social media channels, newsletters, via Compass or elsewhere. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CEE0595" w14:textId="77777777" w:rsidR="00DA053E" w:rsidRDefault="00DA053E" w:rsidP="00DA053E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2258CCEB" w14:textId="0931092C" w:rsidR="00DA053E" w:rsidRDefault="00DA053E" w:rsidP="00DA053E">
+    <w:p w14:paraId="2258CCEB" w14:textId="70EE32C1" w:rsidR="00DA053E" w:rsidRDefault="00DF0B5C" w:rsidP="00DA053E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This campaign starts on the </w:t>
-[...6 lines deleted...]
-        <w:t>[DATE]</w:t>
+        <w:t>Please</w:t>
       </w:r>
       <w:r w:rsidR="000F7982">
-        <w:t>, so please join us in sharing this project far and wide in the community!</w:t>
+        <w:t xml:space="preserve"> join us in sharing this project far and wide in the community!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7E7D33" w14:textId="77777777" w:rsidR="00F90B2E" w:rsidRDefault="00F90B2E" w:rsidP="00E70448">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3126"/>
         <w:gridCol w:w="6237"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EA2CD0" w14:paraId="0E6998F3" w14:textId="77777777" w:rsidTr="00EA2CD0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent5" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="232D6364" w14:textId="28D7980C" w:rsidR="006A4162" w:rsidRPr="006A4162" w:rsidRDefault="006A4162" w:rsidP="00E70448">
             <w:pPr>
@@ -2475,51 +2476,51 @@
           <w:p w14:paraId="7F28E6D7" w14:textId="7C75C004" w:rsidR="00BA6EA0" w:rsidRDefault="001934D9" w:rsidP="00E70448">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B6EEDEF" wp14:editId="1EE609ED">
                   <wp:extent cx="1841500" cy="1841500"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
                   <wp:docPr id="634384259" name="Picture 10" descr="A poster of a person in pink dress standing in front of a mirror&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="11677574" name="Picture 10" descr="A poster of a person in pink dress standing in front of a mirror&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20" cstate="print">
+                          <a:blip r:embed="rId21" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1841500" cy="1841500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2575,51 +2576,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">buy into the hype </w:t>
             </w:r>
             <w:r w:rsidR="008D189F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">– if you’re not vaping, you’re not alone. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="439F06DF" w14:textId="77777777" w:rsidR="00455003" w:rsidRDefault="00455003" w:rsidP="00455003"/>
           <w:p w14:paraId="52FEDFA0" w14:textId="1F18248E" w:rsidR="00455003" w:rsidRDefault="001C721D" w:rsidP="00475E51">
             <w:r>
               <w:t xml:space="preserve">Check out </w:t>
             </w:r>
             <w:r w:rsidR="00BB7AB4">
               <w:t xml:space="preserve">our website for more resources about vaping and information about how to get support if you’re concerned about </w:t>
             </w:r>
             <w:r w:rsidR="00475E51">
               <w:t xml:space="preserve">vape use. </w:t>
             </w:r>
             <w:r w:rsidR="00BB7AB4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00BE4F96" w:rsidRPr="00BE4F96">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>#APuffAin’tTuff | Youth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="16D5D5EB" w14:textId="77777777" w:rsidR="00455003" w:rsidRDefault="00455003" w:rsidP="00455003"/>
           <w:p w14:paraId="733D9250" w14:textId="6836CD45" w:rsidR="007877D7" w:rsidRDefault="007877D7" w:rsidP="00455003">
             <w:r>
               <w:t>#APuffAin’tTuff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F2CB8BF" w14:textId="66744BE5" w:rsidR="00FE1A07" w:rsidRPr="00BE4F96" w:rsidRDefault="00455003" w:rsidP="007877D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -2659,51 +2660,51 @@
           <w:p w14:paraId="268D892A" w14:textId="510E2080" w:rsidR="008C58E1" w:rsidRDefault="001934D9" w:rsidP="00E70448">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2601A5A5" wp14:editId="3327F4C5">
                   <wp:extent cx="1797050" cy="1797050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="234461998" name="Picture 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 25"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22" cstate="print">
+                          <a:blip r:embed="rId23" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1797050" cy="1797050"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2737,51 +2738,51 @@
             </w:r>
             <w:r w:rsidR="005711B2">
               <w:t>nd start vaping just to “try it out”</w:t>
             </w:r>
             <w:r w:rsidR="00A80D90">
               <w:t xml:space="preserve">, but addiction can form more quickly than you realise. </w:t>
             </w:r>
             <w:r w:rsidR="0061635C">
               <w:t xml:space="preserve">If you’re concerned about </w:t>
             </w:r>
             <w:r w:rsidR="009F2383">
               <w:t xml:space="preserve">vaping, </w:t>
             </w:r>
             <w:r w:rsidR="0045113F">
               <w:t xml:space="preserve">seek help early to understand more about </w:t>
             </w:r>
             <w:r w:rsidR="00F607FA">
               <w:t>how to take control before it’s too late. Check out our website for more info and helpful resources</w:t>
             </w:r>
             <w:r w:rsidR="00BE4F96">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BE4F96" w:rsidRPr="00BE4F96">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="00BE4F96" w:rsidRPr="00BE4F96">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>#APuffAin’tTuff | Youth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="66406BA7" w14:textId="77777777" w:rsidR="00AC542D" w:rsidRDefault="00AC542D" w:rsidP="00455003"/>
           <w:p w14:paraId="6C5B6724" w14:textId="77777777" w:rsidR="00F607FA" w:rsidRPr="002B19B9" w:rsidRDefault="00F607FA" w:rsidP="00F607FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <mc:AlternateContent>
                   <mc:Choice Requires="w16se"/>
                   <mc:Fallback>
                     <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
                   </mc:Fallback>
                 </mc:AlternateContent>
               </w:rPr>
               <mc:AlternateContent>
@@ -2823,51 +2824,51 @@
           <w:p w14:paraId="1117F0D1" w14:textId="597BA00A" w:rsidR="00BA6EA0" w:rsidRDefault="001934D9" w:rsidP="00E70448">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76B77FEA" wp14:editId="397AB2BE">
                   <wp:extent cx="1847850" cy="1847850"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="958396285" name="Picture 12"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 26"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24" cstate="print">
+                          <a:blip r:embed="rId25" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1847850" cy="1847850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2909,51 +2910,51 @@
             </w:r>
             <w:r w:rsidR="00452DE7">
               <w:t xml:space="preserve">The choice is yours </w:t>
             </w:r>
             <w:r w:rsidR="0051173E">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00452DE7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0051173E">
               <w:t xml:space="preserve">don’t let </w:t>
             </w:r>
             <w:r w:rsidR="0023444D">
               <w:t xml:space="preserve">the smoke cloud your judgement. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="634F9D72" w14:textId="77777777" w:rsidR="00F607FA" w:rsidRDefault="00F607FA" w:rsidP="00F607FA"/>
           <w:p w14:paraId="359A8445" w14:textId="419FC888" w:rsidR="0023444D" w:rsidRDefault="0023444D" w:rsidP="00F607FA">
             <w:r>
               <w:t>Check out our website for more info and helpful resources</w:t>
             </w:r>
             <w:r w:rsidR="001934D9">
               <w:t xml:space="preserve">, and help prevent vaping harm in our community. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidR="00BE4F96" w:rsidRPr="00BE4F96">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>#APuffAin’tTuff | Youth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="06FAE70E" w14:textId="77777777" w:rsidR="0023444D" w:rsidRDefault="0023444D" w:rsidP="00F607FA"/>
           <w:p w14:paraId="4F42548B" w14:textId="3CAC5C68" w:rsidR="00F607FA" w:rsidRPr="0023444D" w:rsidRDefault="0023444D" w:rsidP="00F607FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>#APuffAin’tTuff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
@@ -3143,51 +3144,51 @@
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E0F7171" wp14:editId="5445C4BE">
                   <wp:extent cx="1242060" cy="828216"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="996500336" name="Picture 1" descr="Home - Quit Discussion Forum"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="Home - Quit Discussion Forum"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26" cstate="print">
+                          <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1249604" cy="833246"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3211,100 +3212,100 @@
             </w:pPr>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Seeing Through The Haze: Quit’s free, evidence-based, curriculum-aligned vaping education resource that has been designed for use in school settings with upper-primary and secondary school students. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09225569" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="049E16EC" w14:textId="0007E016" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.quit.org.au/about-our-education-resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600E92" w14:paraId="2C9D3EF1" w14:textId="77777777" w:rsidTr="001811CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E5FFCEF" w14:textId="65B97B37" w:rsidR="00600E92" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B74911">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17B8D2A9" wp14:editId="53FDB41A">
                   <wp:extent cx="1097280" cy="1508760"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                   <wp:docPr id="1468548045" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1468548045" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28"/>
+                          <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1101308" cy="1514298"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6855" w:type="dxa"/>
           </w:tcPr>
@@ -3324,51 +3325,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5A5B2ABB" w14:textId="77777777" w:rsidR="00EA00F3" w:rsidRPr="00EA00F3" w:rsidRDefault="00EA00F3" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="327E26A4" w14:textId="114E4306" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidR="00C22D2B" w:rsidRPr="00082489">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>healthpromotion@monashhealth.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00EA00F3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>to access your free signage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3384,51 +3385,51 @@
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F12213F" wp14:editId="23F19239">
                   <wp:extent cx="876300" cy="905907"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8890"/>
                   <wp:docPr id="1888845811" name="Picture 2" descr="Blurred Minds - Innovative alcohol &amp; drug education for schools"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3" descr="Blurred Minds - Innovative alcohol &amp; drug education for schools"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30" cstate="print">
+                          <a:blip r:embed="rId31" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="882321" cy="912132"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3452,51 +3453,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Blurred Minds: Evidence-based substance education for schools.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75066B45" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E5938AD" w14:textId="78CBB285" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.blurredminds.com.au/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23DEB639" w14:textId="0BB939DD" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3513,51 +3514,51 @@
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B43B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C6611A7" wp14:editId="3BF6D19D">
                   <wp:extent cx="1173480" cy="506449"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="8255"/>
                   <wp:docPr id="1862528029" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1862528029" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32"/>
+                          <a:blip r:embed="rId33"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1192491" cy="514654"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6855" w:type="dxa"/>
           </w:tcPr>
@@ -3572,97 +3573,97 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Peninsula Health Vaping and E-Cigarette Use Prevention Toolkit for Schools</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="192FDC58" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E95BBB9" w14:textId="30C99218" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.peninsulahealth.org.au/wp-content/uploads/Prevention-toolkit-for-schools-Final-Dec-2022.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600E92" w14:paraId="7F0334C1" w14:textId="77777777" w:rsidTr="001811CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="628F79EE" w14:textId="3F9EFEB4" w:rsidR="00600E92" w:rsidRPr="000B43B4" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="519E1AF4" wp14:editId="714EAEB7">
                   <wp:extent cx="1272540" cy="736321"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
                   <wp:docPr id="773766332" name="Picture 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34" cstate="print">
+                          <a:blip r:embed="rId35" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1292414" cy="747821"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3686,51 +3687,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Smoking and vaping advice for schools in different languages</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B3FB9B4" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4695E1C6" w14:textId="32099F78" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="3F978CE1" w14:textId="77777777" w:rsidR="002F19B4" w:rsidRDefault="002F19B4" w:rsidP="002F19B4">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="340478AB" w14:textId="77777777" w:rsidR="002F19B4" w:rsidRPr="00994E4E" w:rsidRDefault="002F19B4" w:rsidP="002F19B4">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
@@ -3795,51 +3796,51 @@
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02CC16EF" wp14:editId="5EFB203E">
                   <wp:extent cx="1295400" cy="428313"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1338524348" name="Picture 3" descr="Brand and Content Manager - Job in Melbourne - Victorian Health Promotion  Foundation"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5" descr="Brand and Content Manager - Job in Melbourne - Victorian Health Promotion  Foundation"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36" cstate="print">
+                          <a:blip r:embed="rId37" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1311529" cy="433646"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3865,51 +3866,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vaping conversation guide for parents: a guide that can help you have a meaningful, non-threatening conversation with your teen about vaping.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AAB2E53" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1510DBDD" w14:textId="55129FC2" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.vichealth.vic.gov.au/resources/resources-download/vaping-conversation-guide-for-parents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00171117">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600E92" w14:paraId="51F241EA" w14:textId="77777777" w:rsidTr="001811CE">
         <w:tc>
           <w:tcPr>
@@ -3923,51 +3924,51 @@
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45B1ED4A" wp14:editId="2018E114">
                   <wp:extent cx="1363980" cy="789230"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                   <wp:docPr id="1249952321" name="Picture 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38" cstate="print">
+                          <a:blip r:embed="rId39" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1378065" cy="797380"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3991,51 +3992,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00171117">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Smoking and vaping advice for parents in different languages</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A58A608" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="031B860D" w14:textId="0DE6EA83" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600E92" w14:paraId="3416F6D9" w14:textId="77777777" w:rsidTr="001811CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
           </w:tcPr>
@@ -4055,51 +4056,51 @@
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="344DDA9B" wp14:editId="61AAE8C0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-2540</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>137160</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1493520" cy="289754"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="2027203784" name="Picture 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 9"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40" cstate="print">
+                          <a:blip r:embed="rId41" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1493520" cy="289754"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4123,51 +4124,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00171117">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alcohol and Drug Foundation: Talking about vaping with young people</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21A3CFB1" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="65EF9AEA" w14:textId="32E639A9" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://adf.org.au/talking-about-drugs/vaping/vaping-youth/talking-about-vaping/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CE5F6CE" w14:textId="77777777" w:rsidR="005C648D" w:rsidRPr="00113B76" w:rsidRDefault="005C648D" w:rsidP="002F19B4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
@@ -4292,51 +4293,51 @@
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="409753F1" wp14:editId="75947A28">
                   <wp:extent cx="1295400" cy="1300027"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="111019813" name="Picture 8" descr="UNCLOUD | VicHealth"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 18" descr="UNCLOUD | VicHealth"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42">
+                          <a:blip r:embed="rId43">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1302988" cy="1307642"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4360,51 +4361,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00171117">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Uncloud: a resource hub for young Australians 14 – 25 to get everyone to see vaping for what it really is, and to bring together the collective of young people fighting back against vaping.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F462536" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5222862B" w14:textId="25197EC3" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.uncloud.org/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600E92" w14:paraId="1210019A" w14:textId="77777777" w:rsidTr="00EB5476">
         <w:trPr>
           <w:trHeight w:val="774"/>
         </w:trPr>
         <w:tc>
@@ -4419,51 +4420,51 @@
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32ED2F96" wp14:editId="74AFE7A9">
                   <wp:extent cx="1310640" cy="1143818"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="1577566186" name="Picture 9"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 20"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId44" cstate="print">
+                          <a:blip r:embed="rId45" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1318058" cy="1150292"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4487,51 +4488,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00171117">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>headspace: young people and vaping - what you need to know </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F6C05A2" w14:textId="77777777" w:rsidR="00600E92" w:rsidRPr="00171117" w:rsidRDefault="00600E92" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="481CC074" w14:textId="68061818" w:rsidR="00600E92" w:rsidRPr="00EA00F3" w:rsidRDefault="00600E92" w:rsidP="002F19B4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="00EA00F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://headspace.org.au/explore-topics/for-young-people/vaping/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EA00F3">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00171117" w14:paraId="72A83D2E" w14:textId="77777777" w:rsidTr="00EB5476">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
@@ -4544,51 +4545,51 @@
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="403A5428" wp14:editId="12430811">
                   <wp:extent cx="1263650" cy="663375"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                   <wp:docPr id="631692414" name="Picture 13" descr="Truth Initiative &amp; Mojo Supermarket's anti-vaping effort scoops the US  Grand Effie at the 2023 Effie Awards"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 27" descr="Truth Initiative &amp; Mojo Supermarket's anti-vaping effort scoops the US  Grand Effie at the 2023 Effie Awards"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId46" cstate="print">
+                          <a:blip r:embed="rId47" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1277660" cy="670730"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4618,85 +4619,85 @@
               <w:t>The Depression Stick: learn the truth about vaping and your mental health</w:t>
             </w:r>
             <w:r w:rsidR="00EB5476">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="577DDAE3" w14:textId="77777777" w:rsidR="00EB5476" w:rsidRDefault="00EB5476" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2642FB1D" w14:textId="2B63FDAD" w:rsidR="00EB5476" w:rsidRPr="00171117" w:rsidRDefault="00EA00F3" w:rsidP="00600E92">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="00082489">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.thetruth.com/depressionstick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01072E1A" w14:textId="3B4221BB" w:rsidR="002F19B4" w:rsidRDefault="002F19B4" w:rsidP="002F19B4">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="7052812C" w14:textId="77777777" w:rsidR="002F19B4" w:rsidRDefault="002F19B4" w:rsidP="002F19B4">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002F19B4" w:rsidSect="00455003">
-      <w:headerReference w:type="default" r:id="rId48"/>
-      <w:footerReference w:type="default" r:id="rId49"/>
+      <w:headerReference w:type="default" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1247" w:bottom="1134" w:left="1247" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="776A55D1" w14:textId="77777777" w:rsidR="0068499E" w:rsidRDefault="0068499E" w:rsidP="00BF5204">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E2A986D" w14:textId="77777777" w:rsidR="0068499E" w:rsidRDefault="0068499E" w:rsidP="00BF5204">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6707,51 +6708,50 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1343436839">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="144902140">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1372923882">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1869023997">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2059468971">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1891576049">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D72100"/>
     <w:rsid w:val="00000994"/>
     <w:rsid w:val="00000E64"/>
     <w:rsid w:val="000015D3"/>
     <w:rsid w:val="000064D7"/>
     <w:rsid w:val="000075B2"/>
@@ -6846,50 +6846,51 @@
     <w:rsid w:val="00351BC0"/>
     <w:rsid w:val="0035239D"/>
     <w:rsid w:val="003650DB"/>
     <w:rsid w:val="003654D9"/>
     <w:rsid w:val="003677F5"/>
     <w:rsid w:val="0038013A"/>
     <w:rsid w:val="00381DF8"/>
     <w:rsid w:val="00384111"/>
     <w:rsid w:val="003876FE"/>
     <w:rsid w:val="00390A43"/>
     <w:rsid w:val="00392840"/>
     <w:rsid w:val="0039579E"/>
     <w:rsid w:val="003A0814"/>
     <w:rsid w:val="003A0AE1"/>
     <w:rsid w:val="003A6DCC"/>
     <w:rsid w:val="003B1AB9"/>
     <w:rsid w:val="003B7E90"/>
     <w:rsid w:val="003C00B1"/>
     <w:rsid w:val="003C3D36"/>
     <w:rsid w:val="003C5F92"/>
     <w:rsid w:val="003D6AB3"/>
     <w:rsid w:val="003E4285"/>
     <w:rsid w:val="003F11C8"/>
     <w:rsid w:val="003F1C3C"/>
     <w:rsid w:val="0040019E"/>
+    <w:rsid w:val="00405265"/>
     <w:rsid w:val="00414199"/>
     <w:rsid w:val="0042084D"/>
     <w:rsid w:val="004242BD"/>
     <w:rsid w:val="0043104A"/>
     <w:rsid w:val="004350CE"/>
     <w:rsid w:val="00435203"/>
     <w:rsid w:val="0045113F"/>
     <w:rsid w:val="004517E8"/>
     <w:rsid w:val="00452DE7"/>
     <w:rsid w:val="00455003"/>
     <w:rsid w:val="004568D1"/>
     <w:rsid w:val="00461F9D"/>
     <w:rsid w:val="004640D0"/>
     <w:rsid w:val="00475E51"/>
     <w:rsid w:val="00491B70"/>
     <w:rsid w:val="004A76A6"/>
     <w:rsid w:val="004B6B58"/>
     <w:rsid w:val="004B7AC1"/>
     <w:rsid w:val="004D424F"/>
     <w:rsid w:val="004D57C9"/>
     <w:rsid w:val="004E134A"/>
     <w:rsid w:val="004E18FC"/>
     <w:rsid w:val="004E5396"/>
     <w:rsid w:val="00500620"/>
     <w:rsid w:val="00506160"/>
@@ -6906,54 +6907,56 @@
     <w:rsid w:val="005711B2"/>
     <w:rsid w:val="00581512"/>
     <w:rsid w:val="0058476A"/>
     <w:rsid w:val="00584F35"/>
     <w:rsid w:val="00590224"/>
     <w:rsid w:val="005A051F"/>
     <w:rsid w:val="005A1F2D"/>
     <w:rsid w:val="005B0095"/>
     <w:rsid w:val="005B2400"/>
     <w:rsid w:val="005B2C91"/>
     <w:rsid w:val="005B464A"/>
     <w:rsid w:val="005C338F"/>
     <w:rsid w:val="005C648D"/>
     <w:rsid w:val="005D0199"/>
     <w:rsid w:val="005D4A0F"/>
     <w:rsid w:val="005D597A"/>
     <w:rsid w:val="005E0983"/>
     <w:rsid w:val="005E67AD"/>
     <w:rsid w:val="005E7083"/>
     <w:rsid w:val="005F368E"/>
     <w:rsid w:val="005F7A7F"/>
     <w:rsid w:val="00600E92"/>
     <w:rsid w:val="0061635C"/>
     <w:rsid w:val="00627D9E"/>
     <w:rsid w:val="006343A9"/>
+    <w:rsid w:val="00636642"/>
     <w:rsid w:val="006465A4"/>
     <w:rsid w:val="00652261"/>
     <w:rsid w:val="00667329"/>
     <w:rsid w:val="006734CF"/>
+    <w:rsid w:val="0067365E"/>
     <w:rsid w:val="0068499E"/>
     <w:rsid w:val="00684ACA"/>
     <w:rsid w:val="00684B0F"/>
     <w:rsid w:val="006958E5"/>
     <w:rsid w:val="006A37B0"/>
     <w:rsid w:val="006A4162"/>
     <w:rsid w:val="006A6609"/>
     <w:rsid w:val="006B1ED1"/>
     <w:rsid w:val="006B2D79"/>
     <w:rsid w:val="006B541D"/>
     <w:rsid w:val="006B5D20"/>
     <w:rsid w:val="006C5567"/>
     <w:rsid w:val="006D7D64"/>
     <w:rsid w:val="006E4D9B"/>
     <w:rsid w:val="006F2DC0"/>
     <w:rsid w:val="006F5F73"/>
     <w:rsid w:val="006F7877"/>
     <w:rsid w:val="0073134B"/>
     <w:rsid w:val="007415A9"/>
     <w:rsid w:val="00742E01"/>
     <w:rsid w:val="00746749"/>
     <w:rsid w:val="00754265"/>
     <w:rsid w:val="007730B0"/>
     <w:rsid w:val="00785846"/>
     <w:rsid w:val="00786463"/>
@@ -7088,50 +7091,51 @@
     <w:rsid w:val="00CE62A0"/>
     <w:rsid w:val="00CE65B5"/>
     <w:rsid w:val="00CF6B69"/>
     <w:rsid w:val="00D063E7"/>
     <w:rsid w:val="00D16DE8"/>
     <w:rsid w:val="00D256B7"/>
     <w:rsid w:val="00D26939"/>
     <w:rsid w:val="00D36E8B"/>
     <w:rsid w:val="00D42C3E"/>
     <w:rsid w:val="00D4323E"/>
     <w:rsid w:val="00D4514F"/>
     <w:rsid w:val="00D70111"/>
     <w:rsid w:val="00D72100"/>
     <w:rsid w:val="00D86C9F"/>
     <w:rsid w:val="00D97B77"/>
     <w:rsid w:val="00DA033C"/>
     <w:rsid w:val="00DA053E"/>
     <w:rsid w:val="00DA248D"/>
     <w:rsid w:val="00DB00E4"/>
     <w:rsid w:val="00DB5C82"/>
     <w:rsid w:val="00DD7CC2"/>
     <w:rsid w:val="00DE4C0B"/>
     <w:rsid w:val="00DE6E04"/>
     <w:rsid w:val="00DE74AA"/>
     <w:rsid w:val="00DF06AC"/>
+    <w:rsid w:val="00DF0B5C"/>
     <w:rsid w:val="00E03F9D"/>
     <w:rsid w:val="00E05473"/>
     <w:rsid w:val="00E11733"/>
     <w:rsid w:val="00E131B8"/>
     <w:rsid w:val="00E171B8"/>
     <w:rsid w:val="00E17759"/>
     <w:rsid w:val="00E34D98"/>
     <w:rsid w:val="00E364E2"/>
     <w:rsid w:val="00E614F3"/>
     <w:rsid w:val="00E64D4D"/>
     <w:rsid w:val="00E66BAD"/>
     <w:rsid w:val="00E70448"/>
     <w:rsid w:val="00E7688A"/>
     <w:rsid w:val="00E815CC"/>
     <w:rsid w:val="00E8457D"/>
     <w:rsid w:val="00E92388"/>
     <w:rsid w:val="00E9711A"/>
     <w:rsid w:val="00EA00F3"/>
     <w:rsid w:val="00EA2CD0"/>
     <w:rsid w:val="00EA45A9"/>
     <w:rsid w:val="00EB0863"/>
     <w:rsid w:val="00EB2D1F"/>
     <w:rsid w:val="00EB5476"/>
     <w:rsid w:val="00EC1141"/>
     <w:rsid w:val="00EC280D"/>
@@ -7642,50 +7646,51 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005F7A7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -7917,50 +7922,62 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004242BD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EB0863"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0067365E"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="158665956">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="167985067">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8046,51 +8063,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1695229400">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thetruth.com/depressionstick" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/cancer-prevention/smoking/generation-vape/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:healthpromotion@monashhealth.org" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Venushi.Dewundege@cgd.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vichealth.vic.gov.au/resources/resources-download/vaping-conversation-guide-for-parents" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://headspace.org.au/explore-topics/for-young-people/vaping/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/publications/australian-secondary-school-students-use-of-tobacco-and-e-cigarettes-2022-2023?language=en" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Matilda.Houlihan@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://truthinitiative.org/research-resources/emerging-tobacco-products/colliding-crises-youth-mental-health-and-nicotine-use" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blurredminds.com.au/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/wp-content/uploads/2025/07/GenerationVape-Wave8-14-17s-short-report-July-2025.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quit.org.au/about-our-education-resources" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uncloud.org/" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/collections/australian-secondary-school-students-alcohol-and-drug-survey?language=en" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peninsulahealth.org.au/wp-content/uploads/Prevention-toolkit-for-schools-Final-Dec-2022.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adf.org.au/talking-about-drugs/vaping/vaping-youth/talking-about-vaping/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rc1b5883c21eb47b0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peninsulahealth.org.au/wp-content/uploads/Prevention-toolkit-for-schools-Final-Dec-2022.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adf.org.au/talking-about-drugs/vaping/vaping-youth/talking-about-vaping/" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/cancer-prevention/smoking/generation-vape/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Venushi.Dewundege@cgd.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blurredminds.com.au/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/publications/australian-secondary-school-students-use-of-tobacco-and-e-cigarettes-2022-2023?language=en" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quit.org.au/about-our-education-resources" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Matilda.Houlihan@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://truthinitiative.org/research-resources/emerging-tobacco-products/colliding-crises-youth-mental-health-and-nicotine-use" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uncloud.org/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/projects/apuffainttuff" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/wp-content/uploads/2025/07/GenerationVape-Wave8-14-17s-short-report-July-2025.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:healthpromotion@monashhealth.org" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thetruth.com/depressionstick" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/collections/australian-secondary-school-students-alcohol-and-drug-survey?language=en" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vichealth.vic.gov.au/resources/resources-download/vaping-conversation-guide-for-parents" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://headspace.org.au/explore-topics/for-young-people/vaping/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/projects/apuffainttuff" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4ecec8ec1fc74433" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -8373,75 +8390,75 @@
 <file path=customXML/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps3.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A12918654</value>
     </field>
     <field name="Objective-Title">
       <value order="0">#APuffAin'tTuff Toolkit for Schools</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2025-12-10T00:14:03Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2026-02-03T05:12:35Z</value>
+      <value order="0">2026-02-23T03:21:22Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2026-02-03T05:31:19Z</value>
+      <value order="0">2026-02-23T03:21:22Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Matilda Houlihan</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Classified Object:Project 2 - Vaping</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Project 2 - Vaping</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA16778064</value>
+      <value order="0">vA16845057</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">5.0</value>
+      <value order="0">7.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">5</value>
+      <value order="0">7</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA539245</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0"/>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -8466,145 +8483,145 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7048A3AF-3CA2-4C50-8D4C-E765E07058DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2532</Words>
-  <Characters>13699</Characters>
+  <Words>2557</Words>
+  <Characters>13733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>334</Lines>
-  <Paragraphs>144</Paragraphs>
+  <Lines>722</Lines>
+  <Paragraphs>387</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16087</CharactersWithSpaces>
+  <CharactersWithSpaces>15903</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jim Moynihan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A12918654</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>#APuffAin'tTuff Toolkit for Schools</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2025-12-10T00:14:03Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2026-02-03T05:12:35Z</vt:filetime>
+    <vt:filetime>2026-02-23T03:21:22Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2026-02-03T05:31:19Z</vt:filetime>
+    <vt:filetime>2026-02-23T03:21:22Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Matilda Houlihan</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Classified Object:Project 2 - Vaping</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Project 2 - Vaping</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA16778064</vt:lpwstr>
+    <vt:lpwstr>vA16845057</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>5.0</vt:lpwstr>
+    <vt:lpwstr>7.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>5</vt:r8>
+    <vt:r8>7</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA539245</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>