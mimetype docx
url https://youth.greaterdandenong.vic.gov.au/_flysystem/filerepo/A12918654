--- v1 (2026-02-26)
+++ v2 (2026-03-21)
@@ -8063,51 +8063,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1695229400">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peninsulahealth.org.au/wp-content/uploads/Prevention-toolkit-for-schools-Final-Dec-2022.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adf.org.au/talking-about-drugs/vaping/vaping-youth/talking-about-vaping/" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/cancer-prevention/smoking/generation-vape/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Venushi.Dewundege@cgd.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blurredminds.com.au/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/publications/australian-secondary-school-students-use-of-tobacco-and-e-cigarettes-2022-2023?language=en" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quit.org.au/about-our-education-resources" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Matilda.Houlihan@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://truthinitiative.org/research-resources/emerging-tobacco-products/colliding-crises-youth-mental-health-and-nicotine-use" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uncloud.org/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/projects/apuffainttuff" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/wp-content/uploads/2025/07/GenerationVape-Wave8-14-17s-short-report-July-2025.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:healthpromotion@monashhealth.org" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thetruth.com/depressionstick" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/collections/australian-secondary-school-students-alcohol-and-drug-survey?language=en" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vichealth.vic.gov.au/resources/resources-download/vaping-conversation-guide-for-parents" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://headspace.org.au/explore-topics/for-young-people/vaping/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/projects/apuffainttuff" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4ecec8ec1fc74433" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peninsulahealth.org.au/wp-content/uploads/Prevention-toolkit-for-schools-Final-Dec-2022.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adf.org.au/talking-about-drugs/vaping/vaping-youth/talking-about-vaping/" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/cancer-prevention/smoking/generation-vape/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Venushi.Dewundege@cgd.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blurredminds.com.au/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/publications/australian-secondary-school-students-use-of-tobacco-and-e-cigarettes-2022-2023?language=en" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quit.org.au/about-our-education-resources" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.education.vic.gov.au/pal/smoking-vaping-ban/resources" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Matilda.Houlihan@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://truthinitiative.org/research-resources/emerging-tobacco-products/colliding-crises-youth-mental-health-and-nicotine-use" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uncloud.org/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/projects/apuffainttuff" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cancercouncil.com.au/wp-content/uploads/2025/07/GenerationVape-Wave8-14-17s-short-report-July-2025.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/programs/apuffainttuff" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:healthpromotion@monashhealth.org" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thetruth.com/depressionstick" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.gov.au/resources/collections/australian-secondary-school-students-alcohol-and-drug-survey?language=en" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vichealth.vic.gov.au/resources/resources-download/vaping-conversation-guide-for-parents" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://headspace.org.au/explore-topics/for-young-people/vaping/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youth.greaterdandenong.vic.gov.au/projects/apuffainttuff" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R7475f930d2964047" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>